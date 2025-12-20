--- v0 (2025-10-20)
+++ v1 (2025-12-20)
@@ -1,81 +1,81 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29127"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29231"/>
   <workbookPr defaultThemeVersion="166925"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="\\server01\Dati\Documents\PREVENZIONE CORRUZIONE E TRASPARENZA\ACQUISTI\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{A6A7B188-366A-40BF-BFAA-B62ADBC3522D}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{17DBA201-EC4A-4AA5-8435-547559869060}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{65480777-19D3-489A-9159-2DE30A6B2231}"/>
   </bookViews>
   <sheets>
     <sheet name="Foglio1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="271" uniqueCount="134">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="323" uniqueCount="164">
   <si>
     <t>B55FBFBE08</t>
   </si>
   <si>
     <t>firma digitale Presidente CAM</t>
   </si>
   <si>
     <t>affidamento diretto</t>
   </si>
   <si>
     <t>ARUBA SPA</t>
   </si>
   <si>
     <t>B53B49C44D</t>
   </si>
   <si>
     <t>acquisto firma digitale Segretario Ordine Medici</t>
   </si>
   <si>
     <t>B545869083</t>
   </si>
   <si>
     <t>firme digitali massive per esecutivo</t>
   </si>
   <si>
@@ -435,60 +435,150 @@
     <t xml:space="preserve">B5BB4DC941 </t>
   </si>
   <si>
     <t>B847AE23FF</t>
   </si>
   <si>
     <t>Rinnovo e integrazione PEC iscritti</t>
   </si>
   <si>
     <t>Pooste Italiane</t>
   </si>
   <si>
     <t>27.763,20 </t>
   </si>
   <si>
     <t>01/010/2025</t>
   </si>
   <si>
     <t>Viale Europa 190 Roma</t>
   </si>
   <si>
     <t>B850D1F1FD</t>
   </si>
   <si>
     <t>B86293C727</t>
+  </si>
+  <si>
+    <t>B8A7595047</t>
+  </si>
+  <si>
+    <t>Magirò Viaggi di Rota Maria</t>
+  </si>
+  <si>
+    <t>Magirò Viaggi di Rota Maria Via Cavallotti 28 Ta</t>
+  </si>
+  <si>
+    <t>biglietti aereo</t>
+  </si>
+  <si>
+    <t xml:space="preserve">B8BE2609A8 </t>
+  </si>
+  <si>
+    <t>B8C407A15D</t>
+  </si>
+  <si>
+    <t>acquisto toner e cancelleria</t>
+  </si>
+  <si>
+    <t>B8C4FFBCAC</t>
+  </si>
+  <si>
+    <t>servizio light lunch convegno 13.12.2025</t>
+  </si>
+  <si>
+    <t>Ci vediamo da Mario sas di D'Elia GIuseppe</t>
+  </si>
+  <si>
+    <t>Ci vediamo da Mario sas di D'Elia Giuseppe Via B. Buozzi 4 Lizzano (TA)</t>
+  </si>
+  <si>
+    <t>B8C7F900C4</t>
+  </si>
+  <si>
+    <t>servizio di affiancamento e supporto RTD</t>
+  </si>
+  <si>
+    <t>Transizione Digitale srl</t>
+  </si>
+  <si>
+    <t>Piazza  Gae Aulenti 1 Torre B Milano</t>
+  </si>
+  <si>
+    <t>B8C8483652</t>
+  </si>
+  <si>
+    <t>servizio segreteria organizzativa convegno 13.12.25</t>
+  </si>
+  <si>
+    <t>24.10.2025</t>
+  </si>
+  <si>
+    <t>13.12.2025</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Rombolà Morena Tourism Event and Consulting </t>
+  </si>
+  <si>
+    <t>Piazza Frieda Sigrist Weg 11 Germania</t>
+  </si>
+  <si>
+    <t>B8C8AED159</t>
+  </si>
+  <si>
+    <t>realizzazione n. 4 piatti ceramica cadeau relatori convegno 22.11.25</t>
+  </si>
+  <si>
+    <t>Ceramiche Artistiche Tagliente Bonfrate</t>
+  </si>
+  <si>
+    <t>Ceramiche Artistiche Tagliente Bonfrate via F. Crispi, 95 - Grottaglie (Ta)</t>
+  </si>
+  <si>
+    <t>B8CDCB5E44</t>
+  </si>
+  <si>
+    <t>servizio accoglienza n. 08 hostess</t>
+  </si>
+  <si>
+    <t>B8DA8AF1F0</t>
+  </si>
+  <si>
+    <t>firme Namirial Segretario e Presidente Omceo annualità 27-28</t>
+  </si>
+  <si>
+    <t>B8DE104E82</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="1">
     <numFmt numFmtId="44" formatCode="_-* #,##0.00\ &quot;€&quot;_-;\-* #,##0.00\ &quot;€&quot;_-;_-* &quot;-&quot;??\ &quot;€&quot;_-;_-@_-"/>
   </numFmts>
-  <fonts count="10" x14ac:knownFonts="1">
+  <fonts count="11" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="8"/>
       <color theme="1"/>
       <name val="Times New Roman"/>
       <family val="1"/>
     </font>
     <font>
       <sz val="8"/>
       <color theme="1"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="10"/>
       <color rgb="FF000000"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
@@ -509,50 +599,56 @@
     <font>
       <b/>
       <sz val="8"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="8"/>
       <name val="Times New Roman"/>
       <family val="1"/>
     </font>
+    <font>
+      <sz val="12"/>
+      <color theme="1"/>
+      <name val="Times New Roman"/>
+      <family val="1"/>
+    </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="4">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="thin">
@@ -570,51 +666,51 @@
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
   </cellStyleXfs>
-  <cellXfs count="31">
+  <cellXfs count="38">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="14" fontId="0" fillId="0" borderId="2" xfId="0" applyNumberFormat="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="2" xfId="0" applyBorder="1"/>
     <xf numFmtId="14" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1"/>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="14" fontId="4" fillId="0" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
     <xf numFmtId="44" fontId="0" fillId="0" borderId="2" xfId="0" applyNumberFormat="1" applyBorder="1"/>
     <xf numFmtId="44" fontId="6" fillId="0" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
@@ -626,62 +722,71 @@
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="14" fontId="1" fillId="0" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="1" xfId="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="2" xfId="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="14" fontId="6" fillId="0" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="14" fontId="0" fillId="0" borderId="2" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="14" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="2" xfId="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="2" xfId="1" applyBorder="1"/>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="2" xfId="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="1"/>
+    <xf numFmtId="44" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyBorder="1"/>
+    <xf numFmtId="14" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right"/>
+    </xf>
+    <xf numFmtId="14" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="1" xfId="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="1" applyAlignment="1">
+      <alignment horizontal="justify" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1"/>
   </cellXfs>
   <cellStyles count="2">
     <cellStyle name="Collegamento ipertestuale" xfId="1" builtinId="8"/>
     <cellStyle name="Normale" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema di Office">
   <a:themeElements>
@@ -956,59 +1061,59 @@
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B847AE23FF" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B7DAFF0E14" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B76377DA1C" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B5E237E958" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B83BFECB04" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B7B67ECC2D" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B6DB7568C6" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B603C287DC" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B67A98BACA" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B86293C727" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B53DE9033B" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B83C0945A9" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B7DDDE7C84" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B763279686" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B6E850BA01" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B5DAED9745" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B6702AD6C9" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B8270EB6CE" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B7D96AC487" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B7CD68C89A" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B72B1C8D63" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=%20B5EC72AA51" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B8270F6FDF" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B545869083" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B5D87B7C26" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B7633DCB79" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B6F5B17D17" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B6B3143083" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B5F98D2DD9" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B63AF23074" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B53B49C44D" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B7FB2F3E5D" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B7A10F0209" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B77CC6E52E" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B6B31A408F" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B6A62E7576" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B5C87EC5E0" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B7CE593F3D" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B70398E28E" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B6334893E7" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B55FBFBE08" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B5C5597CD4" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B7FB343066" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B7C935401F" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B781263029" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B72B3F04EC" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B6B3273B5E" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B616BB140F" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B6A61B7A96" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B5BB4DC941" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=%20B850D1F1FD" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B847AE23FF" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B7DAFF0E14" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B76377DA1C" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B5E237E958" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B7B67ECC2D" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B6DB7568C6" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B603C287DC" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B67A98BACA" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B86293C727" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B8C4FFBCAC" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B53DE9033B" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B8270EB6CE" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B7D96AC487" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B7CD68C89A" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B72B1C8D63" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=%20B5EC72AA51" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B8C407A15D" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B8270F6FDF" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B545869083" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B5D87B7C26" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B7633DCB79" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B6F5B17D17" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B6B3143083" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B5F98D2DD9" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B63AF23074" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B8BE2609A8" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B8C8AED159" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B53B49C44D" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B7FB2F3E5D" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B7A10F0209" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B77CC6E52E" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B6B31A408F" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B6A62E7576" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B8C8483652" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=%20B8DE104E82" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B5C87EC5E0" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B7CE593F3D" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B70398E28E" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B6334893E7" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=%20B8A7595047" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B8DA8AF1F0" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B55FBFBE08" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B5C5597CD4" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B7FB343066" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B7C935401F" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B781263029" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B72B3F04EC" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B6B3273B5E" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B616BB140F" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B6A61B7A96" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=%20B8C7F900C4" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B5BB4DC941" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=%20B850D1F1FD" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B83BFECB04" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B83C0945A9" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B7DDDE7C84" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B763279686" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B6E850BA01" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B5DAED9745" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=B6702AD6C9" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dati.anticorruzione.it/superset/dashboard/dettaglio_cig/?cig=%20B8CDCB5E44" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{2A2394F6-E06F-4332-AA5F-50F2335C6C52}">
-  <dimension ref="A1:J52"/>
+  <dimension ref="A1:J62"/>
   <sheetViews>
-    <sheetView tabSelected="1" workbookViewId="0">
-      <selection activeCell="B56" sqref="B56"/>
+    <sheetView tabSelected="1" topLeftCell="A46" workbookViewId="0">
+      <selection activeCell="A48" sqref="A48"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="16" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="58" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="12" style="15" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="11" style="15" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="11.85546875" style="24" customWidth="1"/>
     <col min="6" max="6" width="10.7109375" style="6" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="18.85546875" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="49" bestFit="1" customWidth="1"/>
     <col min="9" max="9" width="77.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:10" ht="22.5" x14ac:dyDescent="0.25">
       <c r="A1" s="9" t="s">
         <v>19</v>
       </c>
       <c r="B1" s="10" t="s">
         <v>20</v>
       </c>
       <c r="C1" s="14" t="s">
         <v>21</v>
       </c>
@@ -1158,51 +1263,51 @@
         <v>80</v>
       </c>
       <c r="D6" s="13">
         <v>80</v>
       </c>
       <c r="E6" s="23">
         <v>45708</v>
       </c>
       <c r="F6" s="2">
         <v>45708</v>
       </c>
       <c r="G6" s="7" t="s">
         <v>2</v>
       </c>
       <c r="H6" s="8" t="s">
         <v>17</v>
       </c>
       <c r="I6" s="8" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="7" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A7" s="21" t="s">
         <v>29</v>
       </c>
-      <c r="B7" s="28" t="s">
+      <c r="B7" s="27" t="s">
         <v>28</v>
       </c>
       <c r="C7" s="13">
         <v>400</v>
       </c>
       <c r="D7" s="13">
         <v>400</v>
       </c>
       <c r="E7" s="23">
         <v>45710</v>
       </c>
       <c r="F7" s="12">
         <v>45710</v>
       </c>
       <c r="G7" s="7" t="s">
         <v>2</v>
       </c>
       <c r="H7" s="7" t="s">
         <v>30</v>
       </c>
       <c r="I7" s="7" t="s">
         <v>31</v>
       </c>
       <c r="J7" s="16" t="s">
         <v>96</v>
@@ -1248,51 +1353,51 @@
         <v>800</v>
       </c>
       <c r="D9" s="13">
         <v>800</v>
       </c>
       <c r="E9" s="23">
         <v>45712</v>
       </c>
       <c r="F9" s="2">
         <v>45712</v>
       </c>
       <c r="G9" s="7" t="s">
         <v>2</v>
       </c>
       <c r="H9" s="5" t="s">
         <v>36</v>
       </c>
       <c r="I9" s="5" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="10" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A10" s="21" t="s">
         <v>41</v>
       </c>
-      <c r="B10" s="29" t="s">
+      <c r="B10" s="28" t="s">
         <v>38</v>
       </c>
       <c r="C10" s="13">
         <v>113</v>
       </c>
       <c r="D10" s="13">
         <v>113</v>
       </c>
       <c r="E10" s="23">
         <v>45708</v>
       </c>
       <c r="F10" s="6">
         <v>45728</v>
       </c>
       <c r="G10" s="7" t="s">
         <v>2</v>
       </c>
       <c r="H10" s="5" t="s">
         <v>39</v>
       </c>
       <c r="I10" s="5" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="11" spans="1:10" x14ac:dyDescent="0.25">
@@ -1536,80 +1641,80 @@
         <v>90</v>
       </c>
       <c r="D19" s="13">
         <v>90</v>
       </c>
       <c r="E19" s="23">
         <v>45762</v>
       </c>
       <c r="F19" s="2">
         <v>45763</v>
       </c>
       <c r="G19" s="7" t="s">
         <v>2</v>
       </c>
       <c r="H19" s="3" t="s">
         <v>12</v>
       </c>
       <c r="I19" s="3" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="20" spans="1:9" s="3" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A20" s="21" t="s">
         <v>64</v>
       </c>
-      <c r="B20" s="27" t="s">
+      <c r="B20" s="3" t="s">
         <v>65</v>
       </c>
       <c r="C20" s="13">
         <v>240</v>
       </c>
       <c r="D20" s="13">
         <v>240</v>
       </c>
       <c r="E20" s="23">
         <v>45741</v>
       </c>
       <c r="F20" s="2">
         <v>45741</v>
       </c>
       <c r="G20" s="7" t="s">
         <v>2</v>
       </c>
       <c r="H20" s="3" t="s">
         <v>17</v>
       </c>
       <c r="I20" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="21" spans="1:9" s="3" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A21" s="21" t="s">
         <v>66</v>
       </c>
-      <c r="B21" s="27" t="s">
+      <c r="B21" s="3" t="s">
         <v>67</v>
       </c>
       <c r="C21" s="13">
         <v>708</v>
       </c>
       <c r="D21" s="13">
         <v>708</v>
       </c>
       <c r="E21" s="23">
         <v>45777</v>
       </c>
       <c r="F21" s="2">
         <v>45777</v>
       </c>
       <c r="G21" s="7" t="s">
         <v>2</v>
       </c>
       <c r="H21" s="3" t="s">
         <v>68</v>
       </c>
       <c r="I21" s="3" t="s">
         <v>69</v>
       </c>
     </row>
     <row r="22" spans="1:9" s="3" customFormat="1" x14ac:dyDescent="0.25">
@@ -2229,51 +2334,51 @@
         <v>117</v>
       </c>
       <c r="C43" s="13">
         <v>336.54</v>
       </c>
       <c r="D43" s="13">
         <v>336.54</v>
       </c>
       <c r="E43" s="23">
         <v>45872</v>
       </c>
       <c r="F43" s="2">
         <v>46236</v>
       </c>
       <c r="G43" s="7" t="s">
         <v>2</v>
       </c>
       <c r="H43" s="18" t="s">
         <v>115</v>
       </c>
       <c r="I43" s="18" t="s">
         <v>115</v>
       </c>
     </row>
     <row r="44" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A44" s="30" t="s">
+      <c r="A44" s="29" t="s">
         <v>119</v>
       </c>
       <c r="B44" s="3" t="s">
         <v>11</v>
       </c>
       <c r="C44" s="13">
         <v>250</v>
       </c>
       <c r="D44" s="13">
         <v>250</v>
       </c>
       <c r="E44" s="23">
         <v>45887</v>
       </c>
       <c r="F44" s="2">
         <v>45888</v>
       </c>
       <c r="G44" s="7" t="s">
         <v>2</v>
       </c>
       <c r="H44" s="3" t="s">
         <v>12</v>
       </c>
       <c r="I44" s="3" t="s">
         <v>13</v>
@@ -2374,51 +2479,51 @@
         <v>11</v>
       </c>
       <c r="C48" s="13">
         <v>180</v>
       </c>
       <c r="D48" s="13">
         <v>180</v>
       </c>
       <c r="E48" s="23">
         <v>45915</v>
       </c>
       <c r="F48" s="2">
         <v>45916</v>
       </c>
       <c r="G48" s="7" t="s">
         <v>2</v>
       </c>
       <c r="H48" s="3" t="s">
         <v>12</v>
       </c>
       <c r="I48" s="3" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="49" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A49" s="30" t="s">
+      <c r="A49" s="29" t="s">
         <v>123</v>
       </c>
       <c r="B49" s="19" t="s">
         <v>124</v>
       </c>
       <c r="C49" s="13">
         <v>350</v>
       </c>
       <c r="D49" s="13">
         <v>350</v>
       </c>
       <c r="E49" s="23">
         <v>45915</v>
       </c>
       <c r="F49" s="2">
         <v>45923</v>
       </c>
       <c r="G49" s="7" t="s">
         <v>2</v>
       </c>
       <c r="H49" s="1" t="s">
         <v>8</v>
       </c>
       <c r="I49" s="1" t="s">
         <v>9</v>
@@ -2484,50 +2589,336 @@
       <c r="A52" s="25" t="s">
         <v>133</v>
       </c>
       <c r="B52" s="3" t="s">
         <v>101</v>
       </c>
       <c r="C52" s="13">
         <v>80</v>
       </c>
       <c r="D52" s="13">
         <v>80</v>
       </c>
       <c r="E52" s="23">
         <v>45925</v>
       </c>
       <c r="F52" s="2">
         <v>45926</v>
       </c>
       <c r="G52" s="7" t="s">
         <v>2</v>
       </c>
       <c r="H52" s="3" t="s">
         <v>17</v>
       </c>
       <c r="I52" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="53" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A53" s="30" t="s">
+        <v>134</v>
+      </c>
+      <c r="B53" s="1" t="s">
+        <v>101</v>
+      </c>
+      <c r="C53" s="31">
+        <v>100</v>
+      </c>
+      <c r="D53" s="31">
+        <v>100</v>
+      </c>
+      <c r="E53" s="32">
+        <v>45945</v>
+      </c>
+      <c r="F53" s="33">
+        <v>45946</v>
+      </c>
+      <c r="G53" s="34" t="s">
+        <v>2</v>
+      </c>
+      <c r="H53" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="I53" s="1" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="54" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A54" s="35" t="s">
+        <v>138</v>
+      </c>
+      <c r="B54" s="1" t="s">
+        <v>137</v>
+      </c>
+      <c r="C54" s="31">
+        <v>453.08</v>
+      </c>
+      <c r="D54" s="31">
+        <v>453.08</v>
+      </c>
+      <c r="E54" s="32">
+        <v>45952</v>
+      </c>
+      <c r="F54" s="33">
+        <v>45952</v>
+      </c>
+      <c r="G54" s="34" t="s">
+        <v>2</v>
+      </c>
+      <c r="H54" s="1" t="s">
+        <v>135</v>
+      </c>
+      <c r="I54" s="1" t="s">
+        <v>136</v>
+      </c>
+    </row>
+    <row r="55" spans="1:9" s="5" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A55" s="26" t="s">
+        <v>139</v>
+      </c>
+      <c r="B55" s="3" t="s">
+        <v>140</v>
+      </c>
+      <c r="C55" s="13">
+        <v>1633.9</v>
+      </c>
+      <c r="D55" s="13">
+        <v>1633.9</v>
+      </c>
+      <c r="E55" s="23">
+        <v>45950</v>
+      </c>
+      <c r="F55" s="2">
+        <v>46018</v>
+      </c>
+      <c r="G55" s="7" t="s">
+        <v>2</v>
+      </c>
+      <c r="H55" s="3" t="s">
+        <v>105</v>
+      </c>
+      <c r="I55" s="3" t="s">
+        <v>106</v>
+      </c>
+    </row>
+    <row r="56" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A56" s="36" t="s">
+        <v>141</v>
+      </c>
+      <c r="B56" s="3" t="s">
+        <v>142</v>
+      </c>
+      <c r="C56" s="13">
+        <v>500</v>
+      </c>
+      <c r="D56" s="13">
+        <v>500</v>
+      </c>
+      <c r="E56" s="23">
+        <v>46011</v>
+      </c>
+      <c r="F56" s="2">
+        <v>46004</v>
+      </c>
+      <c r="G56" s="7" t="s">
+        <v>2</v>
+      </c>
+      <c r="H56" s="3" t="s">
+        <v>143</v>
+      </c>
+      <c r="I56" s="5" t="s">
+        <v>144</v>
+      </c>
+    </row>
+    <row r="57" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A57" s="30" t="s">
+        <v>145</v>
+      </c>
+      <c r="B57" s="1" t="s">
+        <v>146</v>
+      </c>
+      <c r="C57" s="31">
+        <v>6000</v>
+      </c>
+      <c r="D57" s="31"/>
+      <c r="E57" s="32">
+        <v>45950</v>
+      </c>
+      <c r="F57" s="33">
+        <v>47050</v>
+      </c>
+      <c r="G57" s="34" t="s">
+        <v>2</v>
+      </c>
+      <c r="H57" s="1" t="s">
+        <v>147</v>
+      </c>
+      <c r="I57" s="1" t="s">
+        <v>148</v>
+      </c>
+    </row>
+    <row r="58" spans="1:9" s="5" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A58" s="26" t="s">
+        <v>149</v>
+      </c>
+      <c r="B58" s="3" t="s">
+        <v>150</v>
+      </c>
+      <c r="C58" s="13">
+        <v>1658.22</v>
+      </c>
+      <c r="D58" s="13">
+        <v>1658.22</v>
+      </c>
+      <c r="E58" s="23" t="s">
+        <v>151</v>
+      </c>
+      <c r="F58" s="2" t="s">
+        <v>152</v>
+      </c>
+      <c r="G58" s="7" t="s">
+        <v>2</v>
+      </c>
+      <c r="H58" s="3" t="s">
+        <v>153</v>
+      </c>
+      <c r="I58" s="37" t="s">
+        <v>154</v>
+      </c>
+    </row>
+    <row r="59" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A59" s="26" t="s">
+        <v>155</v>
+      </c>
+      <c r="B59" s="3" t="s">
+        <v>156</v>
+      </c>
+      <c r="C59" s="13">
+        <v>280</v>
+      </c>
+      <c r="D59" s="13">
+        <v>280</v>
+      </c>
+      <c r="E59" s="23">
+        <v>45950</v>
+      </c>
+      <c r="F59" s="2">
+        <v>45952</v>
+      </c>
+      <c r="G59" s="7" t="s">
+        <v>2</v>
+      </c>
+      <c r="H59" s="3" t="s">
+        <v>157</v>
+      </c>
+      <c r="I59" s="5" t="s">
+        <v>158</v>
+      </c>
+    </row>
+    <row r="60" spans="1:9" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A60" s="26" t="s">
+        <v>159</v>
+      </c>
+      <c r="B60" s="3" t="s">
+        <v>160</v>
+      </c>
+      <c r="C60" s="13">
+        <v>1200</v>
+      </c>
+      <c r="D60" s="13">
+        <v>1200</v>
+      </c>
+      <c r="E60" s="23">
+        <v>45950</v>
+      </c>
+      <c r="F60" s="2">
+        <v>46005</v>
+      </c>
+      <c r="G60" s="7" t="s">
+        <v>2</v>
+      </c>
+      <c r="H60" s="3" t="s">
+        <v>153</v>
+      </c>
+      <c r="I60" s="37" t="s">
+        <v>154</v>
+      </c>
+    </row>
+    <row r="61" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A61" s="26" t="s">
+        <v>161</v>
+      </c>
+      <c r="B61" s="3" t="s">
+        <v>162</v>
+      </c>
+      <c r="C61" s="13">
+        <v>700</v>
+      </c>
+      <c r="D61" s="13"/>
+      <c r="E61" s="23">
+        <v>46046</v>
+      </c>
+      <c r="F61" s="2">
+        <v>46776</v>
+      </c>
+      <c r="G61" s="7" t="s">
+        <v>2</v>
+      </c>
+      <c r="H61" s="3" t="s">
+        <v>8</v>
+      </c>
+      <c r="I61" s="3" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="62" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A62" s="30" t="s">
+        <v>163</v>
+      </c>
+      <c r="B62" s="3" t="s">
+        <v>101</v>
+      </c>
+      <c r="C62" s="13">
+        <v>80</v>
+      </c>
+      <c r="D62" s="13">
+        <v>80</v>
+      </c>
+      <c r="E62" s="23">
+        <v>45959</v>
+      </c>
+      <c r="F62" s="2">
+        <v>45960</v>
+      </c>
+      <c r="G62" s="7" t="s">
+        <v>2</v>
+      </c>
+      <c r="H62" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="I62" s="3" t="s">
         <v>18</v>
       </c>
     </row>
   </sheetData>
   <phoneticPr fontId="7" type="noConversion"/>
   <hyperlinks>
     <hyperlink ref="A46" r:id="rId1" xr:uid="{58B61EA2-467E-4F7E-A1F9-6B0E6D84493E}"/>
     <hyperlink ref="A47" r:id="rId2" xr:uid="{441AA43F-DCE0-44DA-BE8C-A824A53DE068}"/>
     <hyperlink ref="A48" r:id="rId3" xr:uid="{5349812B-5D5A-44BE-A2D0-F31EF105F28C}"/>
     <hyperlink ref="A2" r:id="rId4" xr:uid="{0C92A09B-5481-4682-A22B-D4FEDEDE60AA}"/>
     <hyperlink ref="A3" r:id="rId5" xr:uid="{DE9EC926-437E-45E6-BB7F-F69BA8E9F7DD}"/>
     <hyperlink ref="A4" r:id="rId6" xr:uid="{F2C3F532-ECD4-4B00-896C-9DF6402282C3}"/>
     <hyperlink ref="A5" r:id="rId7" xr:uid="{8249C08E-2B6A-4F32-B8B7-77270EE86492}"/>
     <hyperlink ref="A6" r:id="rId8" xr:uid="{A70B6088-28DF-4C45-A139-2BF7DA87FD0C}"/>
     <hyperlink ref="A7" r:id="rId9" xr:uid="{3856061E-1171-47FA-B1A2-706C8C71C022}"/>
     <hyperlink ref="A8" r:id="rId10" xr:uid="{04F4A971-BE4B-493E-BD08-CC6FD5BD1879}"/>
     <hyperlink ref="A9" r:id="rId11" xr:uid="{684993A3-2F87-4E57-BAA8-5A3EBF41BE48}"/>
     <hyperlink ref="A49" r:id="rId12" xr:uid="{DCDD4D4B-EBE4-4FF6-9494-62E882C21CC1}"/>
     <hyperlink ref="A50" r:id="rId13" xr:uid="{2AEBCD30-0BD6-4D63-9BE9-722AA5AFAA7D}"/>
     <hyperlink ref="A45" r:id="rId14" xr:uid="{BDF3F102-166D-49E7-893F-37085D24C4C1}"/>
     <hyperlink ref="A44" r:id="rId15" xr:uid="{21C8AD13-FB5B-40E5-8471-261BA5FF6DEE}"/>
     <hyperlink ref="A43" r:id="rId16" xr:uid="{F6EB10FC-A94A-4E32-B98D-2616576AAB91}"/>
     <hyperlink ref="A42" r:id="rId17" xr:uid="{8545040C-2595-41BA-9860-7ADD9E9B3BB3}"/>
     <hyperlink ref="A41" r:id="rId18" xr:uid="{74A5F67B-FAC5-4A16-81C2-BF4680AE83E1}"/>
     <hyperlink ref="A40" r:id="rId19" xr:uid="{E85ED90F-3591-467C-9FDF-44BA357DFEFC}"/>
@@ -2541,53 +2932,63 @@
     <hyperlink ref="A32" r:id="rId27" xr:uid="{F2E13598-2B9E-4D99-B5BA-A1C5D10D255D}"/>
     <hyperlink ref="A31" r:id="rId28" xr:uid="{02CD3153-7032-4BAE-BF59-670503524327}"/>
     <hyperlink ref="A30" r:id="rId29" xr:uid="{A135D7CF-7F0F-464C-895F-E7A8CAFA5F90}"/>
     <hyperlink ref="A29" r:id="rId30" xr:uid="{0EF7B1FA-03DE-49FE-955E-9D1887128AF1}"/>
     <hyperlink ref="A28" r:id="rId31" xr:uid="{21E6CC72-C565-469E-B4CA-E5F0BC8FCFA8}"/>
     <hyperlink ref="A27" r:id="rId32" xr:uid="{4EEBB18E-4D7E-48D1-AE15-B119F63D5824}"/>
     <hyperlink ref="A26" r:id="rId33" xr:uid="{858641BB-9B08-4BA5-848C-B0AABF6D0326}"/>
     <hyperlink ref="A25" r:id="rId34" xr:uid="{3BC7D822-D76D-4FC6-B02A-BFFC495C9C5D}"/>
     <hyperlink ref="A24" r:id="rId35" xr:uid="{A56C0569-111B-4C87-BFA5-9341152C1518}"/>
     <hyperlink ref="A23" r:id="rId36" xr:uid="{A2B1C6E1-CD95-4EE0-B17C-3E27A41A2FF1}"/>
     <hyperlink ref="A22" r:id="rId37" xr:uid="{B43C6C6B-CB46-44F2-BCBD-75FB076EDCDD}"/>
     <hyperlink ref="A10" r:id="rId38" xr:uid="{AA85BC3F-B453-4707-AC3B-0FA628C6CE3B}"/>
     <hyperlink ref="A11" r:id="rId39" xr:uid="{AA172E05-9D92-447D-9752-4107052A18FA}"/>
     <hyperlink ref="A12" r:id="rId40" xr:uid="{F678DBF4-F1FD-4F0F-8088-FDAA2FAE68F5}"/>
     <hyperlink ref="A13" r:id="rId41" xr:uid="{F6F824BA-6F20-41E6-9C6F-78A89CD14D78}"/>
     <hyperlink ref="A14" r:id="rId42" xr:uid="{A4E6B82C-BD73-4A71-B1C0-2BED35065CF4}"/>
     <hyperlink ref="A15" r:id="rId43" xr:uid="{CC4FE423-2A2A-40C8-9E07-F5AD763E65E6}"/>
     <hyperlink ref="A16" r:id="rId44" xr:uid="{DD7FEEDE-1760-4FD4-A2FD-E9D3294465A4}"/>
     <hyperlink ref="A17" r:id="rId45" xr:uid="{8418421F-F709-4BBF-A1AF-AAD7A1B558D0}"/>
     <hyperlink ref="A18" r:id="rId46" xr:uid="{194D8183-0390-4F7F-AFD8-7FEC7BBED2D2}"/>
     <hyperlink ref="A19" r:id="rId47" xr:uid="{AD850D8E-7E36-43FA-B47F-786A31AF51F9}"/>
     <hyperlink ref="A20" r:id="rId48" xr:uid="{3CD62755-DF4D-455B-A5F0-C8AF91F34AAC}"/>
     <hyperlink ref="A21" r:id="rId49" xr:uid="{E4FE5DFF-368F-4457-BA70-8E85BF292593}"/>
     <hyperlink ref="A52" r:id="rId50" xr:uid="{026011CA-6D6E-42B2-9D3F-DDFCD646F615}"/>
     <hyperlink ref="A51" r:id="rId51" xr:uid="{E0B09320-F10D-4B2C-AEBF-19DCE83D5D0D}"/>
+    <hyperlink ref="A53" r:id="rId52" xr:uid="{7DFDA2C0-6CE8-4A62-9C2E-A9E3C358AB0C}"/>
+    <hyperlink ref="A54" r:id="rId53" xr:uid="{E66A5BEA-7FCA-46C8-AA83-6377ED54A51D}"/>
+    <hyperlink ref="A55" r:id="rId54" xr:uid="{31DA5409-2517-409E-B1B1-C91097D5E97B}"/>
+    <hyperlink ref="A56" r:id="rId55" xr:uid="{A631D69E-2817-4956-9508-A31523768691}"/>
+    <hyperlink ref="A57" r:id="rId56" xr:uid="{16797B18-3BA4-42C1-B2A4-AF92B09C23CC}"/>
+    <hyperlink ref="A58" r:id="rId57" xr:uid="{18504091-EC04-4CF6-AC80-FE4A6EB9C3FB}"/>
+    <hyperlink ref="A59" r:id="rId58" xr:uid="{4075E420-27CF-451D-82A9-817D117C7107}"/>
+    <hyperlink ref="A60" r:id="rId59" xr:uid="{891C0F41-78AA-4AD4-B8B8-25D6775C0ECE}"/>
+    <hyperlink ref="A61" r:id="rId60" xr:uid="{AE24E726-D265-4402-881D-188C127192A6}"/>
+    <hyperlink ref="A62" r:id="rId61" xr:uid="{68D43EE3-E5E6-42FA-B551-7F0368B86A41}"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
-  <pageSetup paperSize="9" orientation="portrait" verticalDpi="0" r:id="rId52"/>
+  <pageSetup paperSize="9" orientation="portrait" verticalDpi="0" r:id="rId62"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Fogli di lavoro</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Foglio1</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>